--- v0 (2025-10-08)
+++ v1 (2025-11-20)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PR2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="445" uniqueCount="30">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>BROJ RAČUNA PREMA PLATNO PROMETNIM SERVISIMA - 2025. godina
 </t>
   </si>
   <si>
     <t>na dan 31.01.</t>
   </si>
   <si>
     <t>na dan 28.02.</t>
   </si>
   <si>
     <t>na dan 31.03.</t>
@@ -99,63 +99,57 @@
   <si>
     <t>Drugi platni račun</t>
   </si>
   <si>
     <t> POTROŠAČ</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>   Internet</t>
   </si>
   <si>
     <t>   Telebanking</t>
   </si>
   <si>
     <t>   Mobilni telefon</t>
   </si>
   <si>
     <t>   E-račun</t>
   </si>
   <si>
     <t>   Trajni nalog</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t>   Izravno terećenje</t>
   </si>
   <si>
     <t>   Ostalo</t>
   </si>
   <si>
     <t> NEPOTROŠAČ</t>
-  </si>
-[...1 lines deleted...]
-    <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -529,51 +523,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AW27"/>
+  <dimension ref="A1:AW26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="23" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="23" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="23" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="23" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="23" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="23" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="23" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
     <col min="16" max="16" width="23" customWidth="1"/>
     <col min="17" max="17" width="4" customWidth="1"/>
     <col min="18" max="18" width="23" customWidth="1"/>
     <col min="19" max="19" width="4" customWidth="1"/>
     <col min="20" max="20" width="23" customWidth="1"/>
@@ -967,81 +961,81 @@
       <c r="R12" s="10">
         <v>3394652</v>
       </c>
       <c r="S12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T12" s="10">
         <v>64788</v>
       </c>
       <c r="U12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V12" s="10">
         <v>3412419</v>
       </c>
       <c r="W12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X12" s="10">
         <v>64740</v>
       </c>
       <c r="Y12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z12" s="10">
-        <v/>
+        <v>3428943</v>
       </c>
       <c r="AA12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB12" s="10">
-        <v/>
+        <v>64749</v>
       </c>
       <c r="AC12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD12" s="10">
-        <v/>
+        <v>3439471</v>
       </c>
       <c r="AE12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF12" s="10">
-        <v/>
+        <v>64667</v>
       </c>
       <c r="AG12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH12" s="10">
-        <v/>
+        <v>3452454</v>
       </c>
       <c r="AI12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ12" s="10">
-        <v/>
+        <v>64732</v>
       </c>
       <c r="AK12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL12" s="10">
         <v/>
       </c>
       <c r="AM12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN12" s="10">
         <v/>
       </c>
       <c r="AO12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP12" s="10">
         <v/>
       </c>
       <c r="AQ12" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR12" s="10">
         <v/>
       </c>
@@ -1265,81 +1259,81 @@
       <c r="R14" s="10">
         <v>3297528</v>
       </c>
       <c r="S14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T14" s="10">
         <v>11205</v>
       </c>
       <c r="U14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V14" s="10">
         <v>3315445</v>
       </c>
       <c r="W14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X14" s="10">
         <v>11242</v>
       </c>
       <c r="Y14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z14" s="10">
-        <v/>
+        <v>3331761</v>
       </c>
       <c r="AA14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB14" s="10">
-        <v/>
+        <v>11274</v>
       </c>
       <c r="AC14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD14" s="10">
-        <v/>
+        <v>3343188</v>
       </c>
       <c r="AE14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF14" s="10">
-        <v/>
+        <v>11301</v>
       </c>
       <c r="AG14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH14" s="10">
-        <v/>
+        <v>3356367</v>
       </c>
       <c r="AI14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ14" s="10">
-        <v/>
+        <v>11325</v>
       </c>
       <c r="AK14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL14" s="10">
         <v/>
       </c>
       <c r="AM14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN14" s="10">
         <v/>
       </c>
       <c r="AO14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP14" s="10">
         <v/>
       </c>
       <c r="AQ14" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR14" s="10">
         <v/>
       </c>
@@ -1414,81 +1408,81 @@
       <c r="R15" s="10">
         <v>48016</v>
       </c>
       <c r="S15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T15" s="10">
         <v>783</v>
       </c>
       <c r="U15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V15" s="10">
         <v>48104</v>
       </c>
       <c r="W15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X15" s="10">
         <v>783</v>
       </c>
       <c r="Y15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z15" s="10">
-        <v/>
+        <v>48173</v>
       </c>
       <c r="AA15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB15" s="10">
-        <v/>
+        <v>783</v>
       </c>
       <c r="AC15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD15" s="10">
-        <v/>
+        <v>48213</v>
       </c>
       <c r="AE15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF15" s="10">
-        <v/>
+        <v>782</v>
       </c>
       <c r="AG15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH15" s="10">
-        <v/>
+        <v>48335</v>
       </c>
       <c r="AI15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ15" s="10">
-        <v/>
+        <v>779</v>
       </c>
       <c r="AK15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL15" s="10">
         <v/>
       </c>
       <c r="AM15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN15" s="10">
         <v/>
       </c>
       <c r="AO15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP15" s="10">
         <v/>
       </c>
       <c r="AQ15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR15" s="10">
         <v/>
       </c>
@@ -1500,188 +1494,188 @@
       </c>
       <c r="AU15" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV15" s="10">
         <v/>
       </c>
       <c r="AW15" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:49">
       <c r="A16" t="s" s="9">
         <v>26</v>
       </c>
       <c r="B16" s="10">
         <v>1509438</v>
       </c>
       <c r="C16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D16" s="10">
         <v>289</v>
       </c>
       <c r="E16" t="s" s="9">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F16" s="10">
         <v>1512895</v>
       </c>
       <c r="G16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H16" s="10">
         <v>287</v>
       </c>
       <c r="I16" t="s" s="9">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="J16" s="10">
         <v>1515499</v>
       </c>
       <c r="K16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="L16" s="10">
         <v>282</v>
       </c>
       <c r="M16" t="s" s="9">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="N16" s="10">
         <v>1519981</v>
       </c>
       <c r="O16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="P16" s="10">
         <v>277</v>
       </c>
       <c r="Q16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="R16" s="10">
         <v>1524223</v>
       </c>
       <c r="S16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T16" s="10">
         <v>276</v>
       </c>
       <c r="U16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V16" s="10">
         <v>1528352</v>
       </c>
       <c r="W16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X16" s="10">
         <v>273</v>
       </c>
       <c r="Y16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z16" s="10">
-        <v/>
+        <v>1526310</v>
       </c>
       <c r="AA16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB16" s="10">
-        <v/>
+        <v>271</v>
       </c>
       <c r="AC16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD16" s="10">
-        <v/>
+        <v>1526111</v>
       </c>
       <c r="AE16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF16" s="10">
-        <v/>
+        <v>266</v>
       </c>
       <c r="AG16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH16" s="10">
-        <v/>
+        <v>1528106</v>
       </c>
       <c r="AI16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ16" s="10">
-        <v/>
+        <v>264</v>
       </c>
       <c r="AK16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL16" s="10">
         <v/>
       </c>
       <c r="AM16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN16" s="10">
         <v/>
       </c>
       <c r="AO16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP16" s="10">
         <v/>
       </c>
       <c r="AQ16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR16" s="10">
         <v/>
       </c>
       <c r="AS16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT16" s="10">
         <v/>
       </c>
       <c r="AU16" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV16" s="10">
         <v/>
       </c>
       <c r="AW16" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:49">
       <c r="A17" t="s" s="9">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B17" s="10">
         <v>550157</v>
       </c>
       <c r="C17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D17" s="10">
         <v>1</v>
       </c>
       <c r="E17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F17" s="10">
         <v>549236</v>
       </c>
       <c r="G17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H17" s="10">
         <v>1</v>
       </c>
       <c r="I17" t="s" s="9">
         <v>21</v>
       </c>
@@ -1712,125 +1706,125 @@
       <c r="R17" s="10">
         <v>529670</v>
       </c>
       <c r="S17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T17" s="10">
         <v/>
       </c>
       <c r="U17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V17" s="10">
         <v>521163</v>
       </c>
       <c r="W17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X17" s="10">
         <v/>
       </c>
       <c r="Y17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z17" s="10">
-        <v/>
+        <v>520285</v>
       </c>
       <c r="AA17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB17" s="10">
         <v/>
       </c>
       <c r="AC17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD17" s="10">
-        <v/>
+        <v>519622</v>
       </c>
       <c r="AE17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF17" s="10">
         <v/>
       </c>
       <c r="AG17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH17" s="10">
-        <v/>
+        <v>519057</v>
       </c>
       <c r="AI17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ17" s="10">
         <v/>
       </c>
       <c r="AK17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL17" s="10">
         <v/>
       </c>
       <c r="AM17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN17" s="10">
         <v/>
       </c>
       <c r="AO17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP17" s="10">
         <v/>
       </c>
       <c r="AQ17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR17" s="10">
         <v/>
       </c>
       <c r="AS17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT17" s="10">
         <v/>
       </c>
       <c r="AU17" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV17" s="10">
         <v/>
       </c>
       <c r="AW17" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:49">
       <c r="A18" t="s" s="9">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B18" s="10">
         <v>10173</v>
       </c>
       <c r="C18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D18" s="10">
         <v/>
       </c>
       <c r="E18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F18" s="10">
         <v>10201</v>
       </c>
       <c r="G18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H18" s="10">
         <v/>
       </c>
       <c r="I18" t="s" s="9">
         <v>21</v>
       </c>
@@ -1861,125 +1855,125 @@
       <c r="R18" s="10">
         <v>10164</v>
       </c>
       <c r="S18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T18" s="10">
         <v/>
       </c>
       <c r="U18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V18" s="10">
         <v>10164</v>
       </c>
       <c r="W18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X18" s="10">
         <v/>
       </c>
       <c r="Y18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z18" s="10">
-        <v/>
+        <v>10132</v>
       </c>
       <c r="AA18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB18" s="10">
         <v/>
       </c>
       <c r="AC18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD18" s="10">
-        <v/>
+        <v>10125</v>
       </c>
       <c r="AE18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF18" s="10">
         <v/>
       </c>
       <c r="AG18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH18" s="10">
-        <v/>
+        <v>10128</v>
       </c>
       <c r="AI18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ18" s="10">
         <v/>
       </c>
       <c r="AK18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL18" s="10">
         <v/>
       </c>
       <c r="AM18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN18" s="10">
         <v/>
       </c>
       <c r="AO18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP18" s="10">
         <v/>
       </c>
       <c r="AQ18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR18" s="10">
         <v/>
       </c>
       <c r="AS18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT18" s="10">
         <v/>
       </c>
       <c r="AU18" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV18" s="10">
         <v/>
       </c>
       <c r="AW18" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:49">
       <c r="A19" t="s" s="7">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="8">
         <v/>
       </c>
       <c r="C19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="D19" s="8">
         <v/>
       </c>
       <c r="E19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="F19" s="8">
         <v/>
       </c>
       <c r="G19" t="s" s="7">
         <v>21</v>
       </c>
       <c r="H19" s="8">
         <v/>
       </c>
       <c r="I19" t="s" s="7">
         <v>21</v>
       </c>
@@ -2159,81 +2153,81 @@
       <c r="R20" s="10">
         <v>336832</v>
       </c>
       <c r="S20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T20" s="10">
         <v>1113</v>
       </c>
       <c r="U20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V20" s="10">
         <v>338388</v>
       </c>
       <c r="W20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X20" s="10">
         <v>1127</v>
       </c>
       <c r="Y20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z20" s="10">
-        <v/>
+        <v>339275</v>
       </c>
       <c r="AA20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB20" s="10">
-        <v/>
+        <v>1132</v>
       </c>
       <c r="AC20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD20" s="10">
-        <v/>
+        <v>339103</v>
       </c>
       <c r="AE20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF20" s="10">
-        <v/>
+        <v>1132</v>
       </c>
       <c r="AG20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH20" s="10">
-        <v/>
+        <v>339703</v>
       </c>
       <c r="AI20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ20" s="10">
-        <v/>
+        <v>1141</v>
       </c>
       <c r="AK20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL20" s="10">
         <v/>
       </c>
       <c r="AM20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN20" s="10">
         <v/>
       </c>
       <c r="AO20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP20" s="10">
         <v/>
       </c>
       <c r="AQ20" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR20" s="10">
         <v/>
       </c>
@@ -2308,75 +2302,75 @@
       <c r="R21" s="10">
         <v>35</v>
       </c>
       <c r="S21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T21" s="10">
         <v/>
       </c>
       <c r="U21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V21" s="10">
         <v>35</v>
       </c>
       <c r="W21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X21" s="10">
         <v/>
       </c>
       <c r="Y21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z21" s="10">
-        <v/>
+        <v>35</v>
       </c>
       <c r="AA21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB21" s="10">
         <v/>
       </c>
       <c r="AC21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD21" s="10">
-        <v/>
+        <v>35</v>
       </c>
       <c r="AE21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF21" s="10">
         <v/>
       </c>
       <c r="AG21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH21" s="10">
-        <v/>
+        <v>35</v>
       </c>
       <c r="AI21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ21" s="10">
         <v/>
       </c>
       <c r="AK21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL21" s="10">
         <v/>
       </c>
       <c r="AM21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN21" s="10">
         <v/>
       </c>
       <c r="AO21" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP21" s="10">
         <v/>
       </c>
@@ -2457,81 +2451,81 @@
       <c r="R22" s="10">
         <v>291484</v>
       </c>
       <c r="S22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T22" s="10">
         <v>677</v>
       </c>
       <c r="U22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V22" s="10">
         <v>294314</v>
       </c>
       <c r="W22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X22" s="10">
         <v>688</v>
       </c>
       <c r="Y22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z22" s="10">
-        <v/>
+        <v>296716</v>
       </c>
       <c r="AA22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB22" s="10">
-        <v/>
+        <v>691</v>
       </c>
       <c r="AC22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD22" s="10">
-        <v/>
+        <v>297476</v>
       </c>
       <c r="AE22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF22" s="10">
-        <v/>
+        <v>692</v>
       </c>
       <c r="AG22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH22" s="10">
-        <v/>
+        <v>300166</v>
       </c>
       <c r="AI22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ22" s="10">
-        <v/>
+        <v>711</v>
       </c>
       <c r="AK22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL22" s="10">
         <v/>
       </c>
       <c r="AM22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN22" s="10">
         <v/>
       </c>
       <c r="AO22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP22" s="10">
         <v/>
       </c>
       <c r="AQ22" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR22" s="10">
         <v/>
       </c>
@@ -2606,75 +2600,75 @@
       <c r="R23" s="10">
         <v>874</v>
       </c>
       <c r="S23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T23" s="10">
         <v/>
       </c>
       <c r="U23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V23" s="10">
         <v>876</v>
       </c>
       <c r="W23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X23" s="10">
         <v/>
       </c>
       <c r="Y23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z23" s="10">
-        <v/>
+        <v>879</v>
       </c>
       <c r="AA23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB23" s="10">
         <v/>
       </c>
       <c r="AC23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD23" s="10">
-        <v/>
+        <v>882</v>
       </c>
       <c r="AE23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF23" s="10">
         <v/>
       </c>
       <c r="AG23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH23" s="10">
-        <v/>
+        <v>892</v>
       </c>
       <c r="AI23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ23" s="10">
         <v/>
       </c>
       <c r="AK23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL23" s="10">
         <v/>
       </c>
       <c r="AM23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN23" s="10">
         <v/>
       </c>
       <c r="AO23" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP23" s="10">
         <v/>
       </c>
@@ -2755,125 +2749,125 @@
       <c r="R24" s="10">
         <v>53245</v>
       </c>
       <c r="S24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T24" s="10">
         <v/>
       </c>
       <c r="U24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V24" s="10">
         <v>53830</v>
       </c>
       <c r="W24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X24" s="10">
         <v/>
       </c>
       <c r="Y24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z24" s="10">
-        <v/>
+        <v>54170</v>
       </c>
       <c r="AA24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB24" s="10">
         <v/>
       </c>
       <c r="AC24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD24" s="10">
-        <v/>
+        <v>54508</v>
       </c>
       <c r="AE24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF24" s="10">
         <v/>
       </c>
       <c r="AG24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH24" s="10">
-        <v/>
+        <v>54797</v>
       </c>
       <c r="AI24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ24" s="10">
         <v/>
       </c>
       <c r="AK24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL24" s="10">
         <v/>
       </c>
       <c r="AM24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN24" s="10">
         <v/>
       </c>
       <c r="AO24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP24" s="10">
         <v/>
       </c>
       <c r="AQ24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR24" s="10">
         <v/>
       </c>
       <c r="AS24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT24" s="10">
         <v/>
       </c>
       <c r="AU24" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV24" s="10">
         <v/>
       </c>
       <c r="AW24" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:49">
       <c r="A25" t="s" s="9">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B25" s="10">
         <v>2302</v>
       </c>
       <c r="C25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D25" s="10">
         <v/>
       </c>
       <c r="E25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F25" s="10">
         <v>2262</v>
       </c>
       <c r="G25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H25" s="10">
         <v/>
       </c>
       <c r="I25" t="s" s="9">
         <v>21</v>
       </c>
@@ -2904,125 +2898,125 @@
       <c r="R25" s="10">
         <v>568</v>
       </c>
       <c r="S25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T25" s="10">
         <v/>
       </c>
       <c r="U25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V25" s="10">
         <v>504</v>
       </c>
       <c r="W25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X25" s="10">
         <v/>
       </c>
       <c r="Y25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z25" s="10">
-        <v/>
+        <v>511</v>
       </c>
       <c r="AA25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB25" s="10">
         <v/>
       </c>
       <c r="AC25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD25" s="10">
-        <v/>
+        <v>501</v>
       </c>
       <c r="AE25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF25" s="10">
         <v/>
       </c>
       <c r="AG25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH25" s="10">
-        <v/>
+        <v>506</v>
       </c>
       <c r="AI25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ25" s="10">
         <v/>
       </c>
       <c r="AK25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL25" s="10">
         <v/>
       </c>
       <c r="AM25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN25" s="10">
         <v/>
       </c>
       <c r="AO25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP25" s="10">
         <v/>
       </c>
       <c r="AQ25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR25" s="10">
         <v/>
       </c>
       <c r="AS25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT25" s="10">
         <v/>
       </c>
       <c r="AU25" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV25" s="10">
         <v/>
       </c>
       <c r="AW25" t="s" s="9">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:49">
       <c r="A26" t="s" s="9">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B26" s="10">
         <v>6446</v>
       </c>
       <c r="C26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="D26" s="10">
         <v>7</v>
       </c>
       <c r="E26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="F26" s="10">
         <v>6397</v>
       </c>
       <c r="G26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="H26" s="10">
         <v>7</v>
       </c>
       <c r="I26" t="s" s="9">
         <v>21</v>
       </c>
@@ -3053,125 +3047,120 @@
       <c r="R26" s="10">
         <v>6100</v>
       </c>
       <c r="S26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="T26" s="10">
         <v>8</v>
       </c>
       <c r="U26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="V26" s="10">
         <v>6034</v>
       </c>
       <c r="W26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="X26" s="10">
         <v>7</v>
       </c>
       <c r="Y26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="Z26" s="10">
-        <v/>
+        <v>6019</v>
       </c>
       <c r="AA26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AB26" s="10">
-        <v/>
+        <v>6</v>
       </c>
       <c r="AC26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AD26" s="10">
-        <v/>
+        <v>5924</v>
       </c>
       <c r="AE26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AF26" s="10">
-        <v/>
+        <v>7</v>
       </c>
       <c r="AG26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AH26" s="10">
-        <v/>
+        <v>5777</v>
       </c>
       <c r="AI26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AJ26" s="10">
-        <v/>
+        <v>7</v>
       </c>
       <c r="AK26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AL26" s="10">
         <v/>
       </c>
       <c r="AM26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AN26" s="10">
         <v/>
       </c>
       <c r="AO26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AP26" s="10">
         <v/>
       </c>
       <c r="AQ26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AR26" s="10">
         <v/>
       </c>
       <c r="AS26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AT26" s="10">
         <v/>
       </c>
       <c r="AU26" t="s" s="9">
         <v>21</v>
       </c>
       <c r="AV26" s="10">
         <v/>
       </c>
       <c r="AW26" t="s" s="9">
         <v>21</v>
-      </c>
-[...3 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A1:AW1"/>
     <mergeCell ref="A2:AW2"/>
     <mergeCell ref="A3:AW3"/>
     <mergeCell ref="A4:AW4"/>
     <mergeCell ref="A5:AW5"/>
     <mergeCell ref="A6:AW6"/>
     <mergeCell ref="A7:AW7"/>
     <mergeCell ref="A8:AW8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:I9"/>
     <mergeCell ref="J9:M9"/>
     <mergeCell ref="N9:Q9"/>
     <mergeCell ref="R9:U9"/>
     <mergeCell ref="V9:Y9"/>
     <mergeCell ref="Z9:AC9"/>
     <mergeCell ref="AD9:AG9"/>
     <mergeCell ref="AH9:AK9"/>
     <mergeCell ref="AL9:AO9"/>
     <mergeCell ref="AP9:AS9"/>
     <mergeCell ref="AT9:AW9"/>